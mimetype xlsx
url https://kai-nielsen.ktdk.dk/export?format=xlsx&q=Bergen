--- v0 (2025-10-16)
+++ v1 (2026-03-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Kai Nielsen" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="133" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -459,51 +459,52 @@
   <si>
     <t>1918-05-06</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/d03J</t>
   </si>
   <si>
     <t>1918-05-09</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/OMTl</t>
   </si>
   <si>
     <t>1918-05-10</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/VdCs</t>
   </si>
   <si>
     <t>1918-05-20</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/7etX</t>
   </si>
   <si>
-    <t>2 Pintsedag (alene) 1918 
+    <t>[s. 1]
+2 Pintsedag (alene) 1918 
 Kære Haakon og Frida. Ja! nu er jeg virkelig en Haan 
 for Herren og der er ikke mere Tilgivelse for mig at vente i denne Verden. Jeg forstaar dette godt. For se nu. Først rejste jeg uden at sige Adjø! og tak for al Godhed og mente at I vilde allegevel bære over naar i saa mig igen med Yanna i Haanden og med lidt Pintseglød i Fjæset til Yansens Ære. Men ikke hvad der nu er sket: Gløden erhvervede jeg med bare een eneste Dags straalende Solskin. Jeg er i Dag rød som en Bonderose af den allerdybeste Farve, men Yanna derimod svigter simpelthen. Nina fik Mavepine og Feber og Moderen blæste saa som rimeligt er Manden for Barnet og nu sidder jeg her i et Værelse med! to ”dobbelte" 
 Ægtesenge. - Ja saadan forekommer det mig da, og føler mig saa utrolig latterlig og fjantet.
 I Morgen tidlig damper jeg ogsaa ad København til ikke fordi Nina er daarlig (jeg har talt med Yanna i Telefonen) men fordi jeg maa nu snakke lidt med hende igen og høre om mine Forhold hjemme 
 [s. 2]
 og saa kommer vi herop begge to om ca 3 Uger til Kristiania, jeg til Bergen.
 Vi skal nok finde ud til Jer, |hvor I saa end til den Tid monne være| om i da ikke frabeder jer al Besøg paa Grund af min utrolige Lumpenhed. Men i Vorherres Navn jeg gjorde det i god Tro! Det! at jeg rejste pludselig.
 Endnu engang et foreløbig Farvel og Tak for mig.
 Eders hengivne 
 Kai</t>
   </si>
   <si>
     <t>1918 juli?</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/aw7n</t>
   </si>
   <si>
     <t>Kære Haakon. 
 Vorherre alene ved for hvor længe siden jeg skulde have skrevet til Dig og sagt dig Tak for alle de Fotografier Du sendte mig men - - - ! (alle disse sædvanlige Undskyldninger!)
 Jeg var jo i Kristiania engang igen efter sammen med Yanna og vi skulde jo have været ogsaa til Bergen men det blev en Fiasco. Yanna længtes mest hjem igen efter Ninsen og gled da ogsaa ad Gaarde længe før rimeligt. Jeg derimod blev hængende ved en Buste af Nansen 
 [s. 2]
 som er adskilligt bedre end de Billeder Du muligens har set i Bladene. Den er temmelig stor og var vældig morsom at moddelere. Nansen selv var en hel Oplevelse. Foruden den havde ogsaa en lille Danserindestatuette af Klavenes'es lille Datter sine Kløer i mig og en Buste i Gibsen af Klaveness selv. og saa endelig da den store Opgave som jeg skal i Gang med nu til hans Have. Det bliver saa forfærdelig morsomt og jeg kan faa Afløb for en stor Mængde oppesparede Lyster fra min fortidige Rom- og Pompeirejse. Der saa jeg 
 [s. 3]
 de mest vidunderlige Mosaiker i Stenstumper, det skal praktiseres her paa en stor Terrasse. Tre Ulve der flænger en hel Hjortefamilie: Far, Mor og Barn. Saa en Venusfigur i Marmor. Hun har faaet Æblet og ved nærmere Besigtigelse opdager hun at Lønnen for hendes naturlige Yndigheder er - en lille Unge i en Melons Størrelse. Jeg er sikker paa at jeg kun i ringe Grad foregriber "Mythologiens" Gang. Da der jo staar skrevet at Damen noget senere indgik Ægteskab med den Udkaarende. Er det ikke rigtigt? Naa saa i fladt Helleløb ned mellem Træerne og dernede i en tempellignende Ramme to store 
@@ -574,54 +575,54 @@
 staar ad Helvede til. |Paa Billedet staar Fi. paa Stenhuggeriet.| Jeg vil nødig kværulere eller lave extra Bryderi, men kan der gøres noget ved det? Et andet Sted forekommer et Hjørne der "smitter over" i Stedet for snitter over, men det kommer vist af at jeg i Manuskriptet har haft den fortræffelig Ide at stave snitter med to n.ner. Resten er iøvrigt fortræffeligt og jeg er ganske rørt over alle de store Billeder I ofrer paa mig.
 Tak eller[s] for alt godt. Kan det ikke rettes det med "Atellieret" maa det jo tages med Sindsro. Nu er jeg snart rask igen og tror med uopslidelig O[p]timisme at det dennegang er for Alvor i Orden. Saa vil jeg ud og være 
 "Naturalist". Til Paris. London. Amerika o.s.v. Have min Gerning til at bunde i min Dag! saa kan Du og Harry Fett - hvis Sag det maaske er - om en 500 Aar gaa og lave "Stil-præget" - om i gidder - for vor Tid. Det er ikke min Sag. Og efter min Mening ingen god Kunstners Sag. Skidde være med Stil og nu har vi haft nok af Isme éen og 'Isme' en anden. Det var "Negativisme" hele Historien |og Træthed|. Jeg har sat Ordet omhyggeligt i Anførselstegn for det gjorde det positivt at ryste hele Posen saa godt sammen at vi var -eller |bliver| nødt til at prøve at hitte os selv ud af Klumpen, hver især. Vi kan da for Fanden ikke nu om Dage lave 
 [s. 3]
 Kage- og andre Fade om i spidskirkeligt gothisk Vinduesbuestil - med den Religiøsitet (Bordben o.s.v.) vi raader over. Eller Fetishtilbedelse i Niggerskulpture[r]. Eller Thorvaldsen - det sølle Pjok - og han gik dog efter noget af det vi kunde føle som Skønhed i os selv og de Piger, vi holdt af at liggge hos. Tænk en græsk Figur!!! Jeg husker en oj! oj! oj! Og alle Træk-Skelettet-op-Ismerne! har jo bare glemt at det imaginære Spil er meget mere levende. Nej! lad dem saa være talentfulde mange af de massesugestionerede og ogsaa - holdte af Spekulanterne, dem var der mange af. Jeg vil Verden over med "Naturalisme". Født af Hverdagen og stille den lige for Næsen af alle Ismerne. Jeg har ogsaa sat Naturalisme i Citationstegn for man kan jo ikke det. Men man kan prøve at være naturlig og lade være at glide med Strømmen. Tværtimod at slaas lidt med de andre. Faa god Kritik af de ikke sugestionerede. Misundelse og Øretæver sikken en herlig Verden saa.
 Det som er mig en Glæde naar jeg er ude at se Kunst er at se næsten samme Grad af Kærlighed til en Form gaa igen til Tider saa langt tilbage som hos Niggere eller Mexikanere - jeg vil ikke snakke om Indere - den samme Kærlighed som jeg har hentet mig hos Mutter Natur pr Kærtegn af en sød Kvinde 
 [s. 4]
 pr Styrke hos en Mand hvor det gik i Fællig med anden Egenskab jeg kan beundre. Med andre Ord Kærlighed saa tæt saa den bliver liggende i Erindringen. I det Hele at se at vi paa Tegn |i vor Tid| kan føle Ens med de fremtrædende Herrer eller Epoker ned gennem Tiderne fra al Verdens Lande i "naturalistisk" Fornemmelse for Tingene ikke i Smaating men helt - Selvopholdelsesdrift. Kønddrift. Meddelelsesglæde - det er for mig den røde Traad gennem alle Tider. Stilpræg - naar jeg ikke aldeles tydelig kan notere mig deres Haandværkersnedighed f. Ekspl. i den "lange" Gothiktid hvor højtsiddende Skulpturer foruden de lange Halse og Lemmer har korte Laar, gjort i nøje Forhold til Kirkens hele Bredde, kort-fremdrejende Skuldre, at de ikke skal dække for Ansigterne eller gøre Figurene uklædelige korthalsede, |den Slags Ting. Den Slags naturlig "fødte" Durkdrevenheder! Ting som jeg synes Ordet Stil! er altfor pænt et Ord til - ja altsaa Stilpræg kommer for mig i 6-7 Række. Det kan man maaske læse sig Aarstal af, men - jeg keder mig ogsaa af afskaarne Blomster!! Nej! men Du gode Gud jeg ligger her og rabler et langt Brev. Det var fordi Dit elskværdige Brev med Din Slaa-i-Bordet-Skrift - fik mig til at huske paa de lange Rinskvinstimer i Bergen hos Dig og Frida hvor vi havde det hyggeligt med |saa| lang Snak, at jeg glemte mit Skvatblødende Hyl-
 [s. 5]
 ster og følte mig halv Helt og evnende en Masse Ting. Det var yndige Timer. Selv for en Mavebløder som jeg var. Gud! hvor var jeg syg den Vaar deroppe. - Og rask! bandede de Lærde paa at jeg var! Saa blev jeg til en ynkværdig Neurasteniker i min egen Fornemmelse, noget nær det værste jeg vidste. Saa kom der Gud være lovet en kraftig Blødning igen og fortalte at min "Pære" var god nok, om end Kødet o.s.v. Saa igen var jeg rask! de Lærde bandede |igen| og igen følte jeg mig hundesyg. Ogsaa igen en Bl. saa jeg var lige ved at gøre min Slutningskompliment. Og nu endelig efter l6aar Forløb i det Hele har de skaaret ikke alene Saaret men hele den gamle Udgang væk! Og nu føler jeg mig "rask". Selv om jeg er svag. Det var som om jeg havde slugt min egen Dødsdom, der sad og trykkede Sidebenene og saa en skønne Dag slap den ud af nat. Vej.
 Nu paastaar de Lærde at jeg nu endelig skal kunde taale Dit og Dat, Stød i Maven a la Rambok, Medlemskort af "Den grønne Bænk" brække Benene paa Fodtur i Fjeld og paa Ski. I det hele tage[t] komme af med Livet paa en sund og god Maade. Der skal bare gaa en to, tre Maaneder.
 Hils Frida l000 Gange og Hr. og Fru Gieg en Masse. Hilsener fra Jans en Masse. 
 Eders hengivne Kai. 
 St. Lucas St. (liggende derfor den jaskede Skrift).</t>
   </si>
   <si>
     <t>1921-03-29</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/8Bwo</t>
   </si>
   <si>
     <t>29. 3. 21 
 Kjære gamle Haakon. det er mig ikke mulig at udfinde, hvad det er, du siger, "jeg kan gi", men det er rigtig at jeg var nervøs, da jeg skrev, fordi jeg syntes det saa saa svinagtig vigtig ud, at Kai skriver om sig selv, som om han ikke synes Christensen, som skriver om alle de andre, skulde være god nok for ham. Men det var min personlige fornemmelse - jeg havde bare talt i telefon med Kai dengang. - og det skal du saamen ikke skænke en tanke, desuten er det vist dumt og urimelig av mig. Jeg blev "kone-nervøs" - Og det om billederne var idioti, - der er billeder nok, - men jeg mente, at der saa 
 [s. 2]
-i Carl V. Petersens tekst vilde ha været plads til et par - f.eks. Lille Leda og Askepot, men alt er sikkert bare nervøsitet fra min side. Og sae er jeg altfor fort til at fare løs, uden at tænke mig ordentlig om. Ikke være "gal i kodet" paa mig for det, er du sød, og du ved, at der findes ikke i denne verden - en eneste ting, stor eller liden, som skulde kunne komme mellem vort venskap, hverken med vold eller list.
-Originalbillederne er kommet vel frem. Tak. - Husk ogsaa en Ting, jeg saa "Kunst og Kultur heftet" et minut - saa blev det sendt til Kai, og deroppe har han laant det ud - saa jeg har ikke set det mer. Kanske er jeg ganske uenig med mig selv, naar jeg ser det igjen. - Carl V. har sendt sin antikkel saa den maa være kommet væk, naar Harry Fett ikke har den. - Kai er ude i sit atelier og arbeider - skal til Kristiania og avlevere og avsløre Klavenes - desværre ser det ud til at jeg ikke kan være med. Jeg er ulykkelig over
+i Carl V. Petersens tekst vilde ha været plads til et par - f.eks. Lille Leda og Askepot, men alt er sikkert bare nervøsitet fra min side. Og sae er jeg altfor fort til at fare løs, uden at tænke mig ordentlig om. Ikke være "gal i hodet" paa mig for det, er du sød, og du ved, at der findes ikke i denne verden - en eneste ting, stor eller liden, som skulde kunne komme mellem vort venskap, hverken med vold eller list.
+Originalbillederne er kommet vel frem. Tak. - Husk ogsaa en Ting, jeg saa "Kunst og Kultur heftet" et minut - saa blev det sendt til Kai, og deroppe har han laant det ud - saa jeg har ikke set det mer. Kanske er jeg ganske uenig med mig selv, naar jeg ser det igjen. - Carl V. har sendt sin artikkel saa den maa være kommet væk, naar Harry Fett ikke har den. - Kai er ude i sit atelier og arbeider - skal til Kristiania og avlevere og avsløre Klaveness - desværre ser det ud til at jeg ikke kan være med. Jeg er ulykkelig over
 [s. 3]
-det, men mine unger har ingen folk her nede, som kan se til dem og bare tjenestepigen, som blir herrer i et hus, der tar ungerne, som et onde hos jeg[?]. Kanske er jeg lidt gal i omsorgen for de unger. Nu faar vi se, om jeg alligevel tvinger mig selv og [...] med.
+det, men mine unger har ingen folk her nede, som kan se til dem og bare tjenestepiger, som blir herrer i et hus, de tar ungerne som et onde tror jeg [?]. Kanske er jeg lidt gal i omsorgen for de unger. Nu faar vi se, om jeg alligevel tvinger mig selv og reiser [?] med.
 Saa Haakon er vi nu lige gode venner igjen
 Din hengivne
 Yanna</t>
   </si>
   <si>
     <t>1921-06-25</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/ccHT</t>
   </si>
   <si>
     <t>Kære Haakon
 Tak for Brev og for sidst.
 Naar jeg en Gang kan male saa maler jeg hende der hænger over min Seng en Gang til i salig Hukommelse og sender Dig den.
 Bare i to rare Mennesker Reimers og Du var her lidt til Hverdagsbrug.
 Yanna og Nina er i Hornbæk. Jeg Græsenkemand for tiden lille Jan det Asen paa Hospital men han har det godt.
 Hils Frida en Masse.
 Din hengivne
 Kai
 d 25 Juni 1921.</t>
   </si>
   <si>
     <t>1922-06-12</t>
   </si>
   <si>
@@ -638,101 +639,101 @@
 Intet er saa galt, uden at det dog er godt for noget. Jeg har lagt Brevet til E.G. i Dit. Det maa Du ikke være vred over, men jeg aner ikke hvad han er eller hans Adresse. Og jeg kan begribe at Brevet ikke maa gaa forkert, da der er Hemmeligheder med i spillet.
 Vil Du hilse Frida en Masse fra mig og Du selv. I som har været saa søde og gode mod mine Unger og Janna nu i snart et hundrede Aar.
 [s. 4]
 Saalænge siden synes jeg det er siden at de rejste fra mig.
 Og Tak ogsaa for: Harry Fett. Jeg begynder at smøge Skjorteærmerne op allerede ved Indsejlingen til Kristiania og spytter i Næverne naar jeg gaar over Landgangsbroen og sender Dig et Dusin venlige Tanker naar Plastelinaen begynder at tage Form efter H.F.'s Barn.
 Stol paa det.
 Din hengivne
 Kai
 d 12 juni 22</t>
   </si>
   <si>
     <t>1922-08-08</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/xHEa</t>
   </si>
   <si>
     <t>8/8 22 
 Kære Haakon og kære Frida.
 Tak, Tak, Tak for alt godt hos Jer paa Os og i Bergen. Jeg troede ikke det nogensinde kunde være saa let, eller hvad skal jeg sige: naturligt - at være Gæst, saadan som I nu har lært mig det. Men det er vist ogsaa kun hos Jer at det forekommer. Og Tak for gode Arbejdsvilkaar for det kunde de være blevet straks, det var kun mig der til en Begyndelse duvede for det hyggelige lave Vindueslys i Stedet for at staa oprejst uden Døre.
 Naa, Fan! Som jeg skrev til Harry, at selv om jeg med denne Buste ikke har stukket Donatello paa Snuden saa har jeg dog pillet ham lidt i Næsen med den 
 [s. 2]
 og det er jo dog nogenlunde noget for en decideret Aandssløv.
 Og saa forøvrigt Aandssløv: Det er ved ganske at gaa over. I Øjeblikket er jeg oversaaet af smaa røde Filipenser. Jeg ser ud som et Barn i Overgangsalderen der lider af røde Hunde. Det er et meget let Præparat bestaaende af Kinin og Brom der har formaaet denne rigelige Blomstring i ens Hud. Jeg fik den hos Overlæge Hansen, som mente at et fortræffeligt Middel mod Trang til Søvn og alm. Sløvhed var - et Sovemiddel. Ja! det lider underlig, men det var rigtig. Jeg tror igen paa en nogenlunde Fuldkommenhed hos mig selv baade karaktermæssig |og| saavel i aandig som legemlig Retning. Selvovervurdering 
 [s. 3]
-paa alle Felter og en absolut Mangel paa Selvkritik har slaaet sig sammen og vokser igen som et stort Træ i ens Sinds frugtbare Jordbund og Broder Mika gør grinende sine gymnastiske Øvelser i Grenene. Ja det lyder skrækkelig kunstlet og er heller ikke helt sandt. Men det gear den Vej og det er det rigtige for mig.
+paa alle Felter og en absolut Mangel paa Selvkritik har slaaet sig sammen og vokser igen som et stort Træ i ens Sinds frugtbare Jordbund og Broder Mika gør grinende sine gymnastiske Øvelser i Grenene. Ja det lyder skrækkelig kunstlet og er heller ikke helt sandt. Men det gaar den Vej og det er det rigtige for mig.
 Jeg skulde hilse Fru Schetelig fra Overlægemanden og sige at han slet ikke var nogen absolut Tilhænger af den megen Mad navnlig om Morgenen |og syntes jeg var fed nok|. Han var i det hele taget en kedelig Fyr som ikke syntes der var det mindste ondt i at sove længe om Morgenen og at drikke Spiritus, men bare ikke hver Dag, og Cigaretter var det værste 
 [s. 4]
 paa denne Jord |sagde han| meget værre end Fyld og det.
 Naar en Læge er saadan saa virker det nedbrydende paa Moralen. Og Jeg har da nu lagt Cigaretter væk helt. Ryger Pipe, beruser mig med Glæde, sover rolig længe om Morgenen, føler mig demoraliseret paa alle Maader og løftet ved det. Er altsag snart ganske helbredet for alle Vrangforestillinger og i Stand til at leve Sybarittens glade fordringsfulde Liv, med alle Glæder, uden Pligter eller noget Savn. Men som sagt, jeg har røde Hunde, nu holder jeg op med Medicinen og slaar mig uden Skrupler paa Maleriet under Revolds kyndige Vejledning. Hvor er dog den prægtige Mandedreng klog, og god Kammerat og fint Menneske.
 Det han lære mig er gammelt Kirkemaleri forekommende 
 [s. 5]
 i alle Tider og i alle Lande i Jordens Kirker og i Vatikanets mirakuløse[?] Endevæg. Men det maa vi snakke om naar I kommer til Bergen.
 Det skal blive godt.
 Saa skal jeg lave Buste af Landmarks Fader og af Willy Gilbert og Skitzer til Matadorernes Postamenter.
 I Morgen er jeg igen i Bergen. Her i Lillehammer har Janna og Ungerne det yndigt og er - glade. Nu tænker Janna sig rolig og fornuftig om, om hun helst |vil| være i Norge eller i Danmark |til Hverdagsbrug| og jeg stiler efter at faa bygget mig Atelier med lille Menage og saa skal alle Sorger dræbes i Brom og Kinin og i Højfjæld og alskens Bevægelighed og i saa meget Arbejde paa alle Felter at noget lignende 
 [s. 6]
 ikke før er forekommet i Verdenshistorien.
 Jeg var den herligste Fjældtur herover og nu rejser jeg altsaa i Dag igen og i Morgen er jeg |som sagt igen| i Bergen.
 Jeg glæder mig til Arbejde, det er gode Tegn. Og jeg skal bo hos Egill og Axel, og virke afdæmpende ind paa deres ukuelige Levetrang.
 Tusind Gange 
 Eders hengivne 
 Kai 
 Hils Harry og sig at jeg har set saa meget Grønsten i 
 Fjældet at jeg har ondt i Øjnene af det.
 Kjæreste Frida, du ser videre har vi ikke skrevet paa dit lange brev. og nu maa jeg tænke over mit eget en stund, men jeg skriver saasnart jeg kan. Hils Haakon og far og mor og ungerne 
 din 
 Yanna</t>
   </si>
   <si>
     <t>Udateret, muligvis november 1922</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/ScRA</t>
   </si>
   <si>
     <t>Kære Haakon.
 Ja! I skal fandme have Tak for sidst. Yndig Aften men den ene Ende knak jo desværre af. Men! Spiritussens vidunderlige Indflydelse?
 Hvad ved vi Mennesker. Yanna forlanger at se jeg ædru!
 Din Kai
 !Hils! Brøckner en Masse</t>
   </si>
   <si>
     <t>1923-01-29</t>
   </si>
   <si>
     <t>Kai Nielsen forbereder en udstilling i Bergen.</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/mBpw</t>
   </si>
   <si>
     <t>29 Jan 23.
 Kere Haakon.
 Nu er jeg i Gang og slider allerede som en Fanden. Jeg kan til Foraaret præstere en Udstilling i Bergen i fint Materiale Sten og Bronce. Vil Du udvirke en Indbydelse - er det tidsnok i Begyndelsen af Mai? Saa kommer jeg med Glæde. Uds. skal nok blive god - Men jeg vilde jo gerne i disse daarlige Tider have den videste Indrømmelse med Hensyn til Transporten. Den videste i Forhold naturligvis til kunstf. alm. Ordninger
-Er det Einar Gieg der er Formand? Det har jeg jo glemt.
+Er det Einar Grieg der er Formand? Det har jeg jo glemt.
 Ja. Fan! Der kan saamend gerne være det kunde blive en Igenfødelse at faa Elever og det til Trods for at jeg dog altid gaar og føler mig ret nyfødt hver Dag
 Jeg tar det hvis det kommer og laver saa megen Ildebrand ud at det jeg ken overkomne.
 500,000 Hilsener til Frida og Dig.
 Din Kai.</t>
   </si>
   <si>
     <t>1923-11-14</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/Rw5z</t>
   </si>
   <si>
     <t>Onsdag 14/11-23
 Hallo! Haakon. For 500 Aar siden havde jeg allerede Samvittighedsnag fordi jeg aldrig skrev til Dig. Kære Haakon altsaa. Knald det Fæ Du slaas med [om] min fede Pige haardt i Nøden og bed ham erindre at foruden Niggere findes der ogsaa Fynboer. Sig til ham at om end de smaa sære Klokker i f. Ekspl. min Sjæl kimer ømt og blidt naar en slank Kvinde lægger sin Atmosphære til mine Slimhinder - glider gennem mine øjne. Saa ringer de samme til Brand og Storm naar den paa alle Maader stortformede Kvinde træder sine velsignede Former ind i ens Nærhed. Du har Ret. Meget mere Ret end hertil. Ved Du hvad. Du skal skrive om Kunst. Jeg har tænkt alvorlig over det. Du vilde aldrig blive Kritiker. Du vilde bekæmpe daarlig Kunst, med Begejstring for den gode Haakon Du kunde altsaa. Som Regel har den gode Gud i sit Lysestøberi kun et Lys til hver. Men paa Dit Bord lagde han to. 
 [s. 2]
 Selv om Du nu er en hidsig Sjæl saa har Du dog kun brændt Dit ene ned til Helvten. Tænd det |andet med| for Fanden hvorfor vil Du kun give Lys af eet naar Du har to? Hvad skal man med det lidet? Og saa næmt som det er for Dig, bare at sætte Vægen til det som allerede har Ild. Skriv om Kunst. - Gør et Udpluk i al det Du synes er dejligt i Digtning, Billeder, Arkitektur o.s.v. sæt det paa Linie, historisk. Jeg kender ikke saa fænomenal en Hjærne som Din. Videnskabsmand. Husker af Guds Naade og alligevel Frigangsmand. Du vilde kunde faa Tiderne til at liste sig ind paa os i al deres Mangfoldighed og gøre det hele Billed rimeligt i sin Samhørighed. Og saa maatte Du gøre hele Verdensrejsen om igen paa et nyt Togt. Vorherre bevar os. Du vilde blive meget, meget bedre end alle de andre og Forpligtelse til at begynde et Liv til og leve det til Ende. Gør det Du "gamle" Elsker af alt kønt blandt Mennesker. 
 [s. 3]
 Vi har det godt. Janna, Ungerne og jeg bor paa Pension o.s.v. Tænker paa Hus hele det gamle Vrøvl. Men jeg arbejder. Og jeg er rask igen. I Gaar knaldede jeg en Figurgruppe i nat. St. fra Bedrøvelighedstiden. Det Skidt. Men nu er jeg sku i Orden hver evig eneste Dag. Om en 14 Dages Tid skal jeg have Udstilling her og fotograferer og saa sender jeg Fotos. Jeg vil have Rejsestipendium til Paris Italien o.s.v. i 4 Maaneder. Begynde forfra. Mødes vi, Rejser Du ud i den ny Kaldelse?
 Hils Frida en Masse Masse fra Janna og mig, hun hører ogsaa til dem Niggere og Fynboer elsker. og Hils Konsul Grieg's Jeg var saa bedrøvet over saa skævt det skuld gaa den Dag. Og hils alle andre gode Mennesker i Bergen. 
 Din Kai 
 og Janna.</t>
   </si>
   <si>
     <t>Udateret</t>
   </si>