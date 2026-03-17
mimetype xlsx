--- v0 (2025-10-15)
+++ v1 (2026-03-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Kai Nielsen" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1253" uniqueCount="388" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -897,96 +897,97 @@
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/Dq39</t>
   </si>
   <si>
     <t>1918-04-24</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/EwHn</t>
   </si>
   <si>
     <t>1918-04-27</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/4vEv</t>
   </si>
   <si>
     <t>1918-05-20</t>
   </si>
   <si>
     <t>Kristiania</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/7etX</t>
   </si>
   <si>
-    <t>2 Pintsedag (alene) 1918 
+    <t>[s. 1]
+2 Pintsedag (alene) 1918 
 Kære Haakon og Frida. Ja! nu er jeg virkelig en Haan 
 for Herren og der er ikke mere Tilgivelse for mig at vente i denne Verden. Jeg forstaar dette godt. For se nu. Først rejste jeg uden at sige Adjø! og tak for al Godhed og mente at I vilde allegevel bære over naar i saa mig igen med Yanna i Haanden og med lidt Pintseglød i Fjæset til Yansens Ære. Men ikke hvad der nu er sket: Gløden erhvervede jeg med bare een eneste Dags straalende Solskin. Jeg er i Dag rød som en Bonderose af den allerdybeste Farve, men Yanna derimod svigter simpelthen. Nina fik Mavepine og Feber og Moderen blæste saa som rimeligt er Manden for Barnet og nu sidder jeg her i et Værelse med! to ”dobbelte" 
 Ægtesenge. - Ja saadan forekommer det mig da, og føler mig saa utrolig latterlig og fjantet.
 I Morgen tidlig damper jeg ogsaa ad København til ikke fordi Nina er daarlig (jeg har talt med Yanna i Telefonen) men fordi jeg maa nu snakke lidt med hende igen og høre om mine Forhold hjemme 
 [s. 2]
 og saa kommer vi herop begge to om ca 3 Uger til Kristiania, jeg til Bergen.
 Vi skal nok finde ud til Jer, |hvor I saa end til den Tid monne være| om i da ikke frabeder jer al Besøg paa Grund af min utrolige Lumpenhed. Men i Vorherres Navn jeg gjorde det i god Tro! Det! at jeg rejste pludselig.
 Endnu engang et foreløbig Farvel og Tak for mig.
 Eders hengivne 
 Kai</t>
   </si>
   <si>
     <t>1918 juni?</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/lO6P</t>
   </si>
   <si>
     <t>1918-07-02</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/PPqr</t>
   </si>
   <si>
     <t>1918-07-04</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/ROaH</t>
   </si>
   <si>
     <t>1918-09-11</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/11TQ</t>
   </si>
   <si>
     <t>1918-09-21</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/3b9H</t>
   </si>
   <si>
     <t>Tibirke 21 Sept 18 
 Kære Kai
-Naar Du kan komme igennem Victor Hugo, som faa kommer igennem, siger Elsa at Zola jo maa være noget for dig. Prøv med Faldgruben eller Mukkerten (L'Assommoir) i Politikens gamle udmærkede Oversættelse og derefter Nana, hvis du ikke har læst dem, det er to af Verdens uforgængelige Bøger og anderledes nærende end den gasfyldte Hugo; og saa er de saa dejlig lange, [de] kan vist omtrent vare Resten af din Straf ud. Du slipper jo billigt alligevel og vel er det, og dine Venner gør sig det Haab at du denne Gang vil have lært lidt af Lussingen. Det er ikke for at dominere over dig at jeg 
+Naar Du kan komme igennem Victor Hugo, som faa kommer igennem, siger Else at Zola jo maa være noget for dig. Prøv med Faldgruben eller Mukkerten (L'Assommoir) i Politikens gamle udmærkede Oversættelse og derefter Nana, hvis du ikke har læst dem, det er to af Verdens uforgængelige Bøger og anderledes nærende end den gasfyldte Hugo; og saa er de saa dejlig lange, [de] kan vist omtrent vare Resten af din Straf ud. Du slipper jo billigt alligevel og vel er det, og dine Venner gør sig det Haab at du denne Gang vil have lært lidt af Lussingen. Det er ikke for at dominere over dig at jeg 
 [s. 2]
 giver dig saa mange faderlige Raad, men jeg vil dog bare lægge dig paa Sinde, at hver Gang du paa Fyrstevis ødsler med dit Helbred lægger du til Utzon Franks Livsglæde.
 Nu er jeg endelig feberfri og har været ude og gaa to Gange, det forter ikke stærkt, men jeg distancerer dog Myren. Om en halv Snes Dage tage vi hjem. Vejret har været til at fortvivle over og lader ikke til at blive bedre, og nu er Else ked af at gaa og varte mig op og savne sine Drenge, hvortil du hører. Hun omfatter dig med samme ængstede Beundring som sin Villum, der som du maaske har hørt gjorde et Forsøg paa at slaa sig ihjel ved at falde ned fra et Træ. Jeg for min Part erklærede at jeg, hvis
 [s. 3]
 han havde slaaet sig ihjel, vilde have givet Liget den Dragt Prygl det fortjente, og saadan er altsaa mine Følelser overfor den Slags Drenge, inklusive dig; men jeg er nu ogsaa 45 Aar gammel og har min bedste Arbejdstid for mig endnu.
 Jeg har ligget og læst nogle Bøger om græsk-romersk Skulptur og er kommen til den Overbevisning at din Kunst er den fornemste i Verden og den der udøves af de værste Stympere, saa ædelt er det at gøre Figurer og saa meget 
 [s. 4]
 kan der syndes i den Profession. Der er bl.a. Billede af et Cæsarhoved i Basalt, det skulde du se, det giver L[y]st til at blive hundrede Aar, om man bare for sin egen Skyld, ganske fattig og med en Brødkurv paa Bordet, om der skulde komme Mæcener, for sin Sjæls Skyld kunde gøre saadan et Stykke Arbejde.
 Du kan forstaa at nu skal jeg til at skrive, et Bjerg af Arbejde venter paa mig, og jeg ved sgu ikke om jeg skal over det eller igennem det. God Bedring! Fra Else tusind Hilsener til Janna og dig 
 Din Johs V.</t>
   </si>
   <si>
     <t>1918-12-25</t>
   </si>
   <si>
     <t>Karl  Madsen</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/8iXT</t>
   </si>
   <si>
     <t>St Hans Torv 26. 1ste Juledag 1918
 Kære Hr Kai Nielsen!
 Kære Fru Janna!
 Ikke blot Juletræet - ogsaa min Kone og jeg føler os aldeles overvældede af den Julegave. Vi er lige saa skamfulde og betænkelige ved dens ydre Værd som opfyldte af Glæde og Beundring over dens indre, thi det er efter mit Skøn ikke alene den bedste af Kais mange gode Byster, men et virkelig klassisk Mesterværk af moderne Skultur.
@@ -1004,51 +1005,51 @@
   <si>
     <t>1919-04-08</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/Cwi6</t>
   </si>
   <si>
     <t>1919-04-11</t>
   </si>
   <si>
     <t>Jens  Thiis</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/YKwr</t>
   </si>
   <si>
     <t>Kjære Kai
 Idag fik vi din buste i hus, og nu står den fast og tung og bydende på den gamle konsol tilhøire for mit store skrivebord. - Jeg skulde skrive om Corot iaften, for imorgen har jeg den høitidelige åpning av vor første franske utstilling - Corot - i F.F.K. at svare for. Jeg må da holde en åpningstale. Men oprigtig talt falder det mig svært at samle mine tanker og bøie mine impulser ind i den store charmeurs duftige verden, slik som din "bryter" står og brummer til mig. - Det er som en dyp streng bas, uten ord, som truer der fra høire side: Ikke no lyrik her! Ikke no føleri! Fast klar form i Avgørslen. Basta!
 Ja, foreløbig ialfald, beundrer jeg den grænseløst. Skjævheternes ballance, uttrykkets samlethet, formrigdommen i al den slette, glatte enkelthet er fuldkommen overbevisende som bare den store kunst er det.
 Jeg vil si dig det åpent, Kai, fordi vi er venner og jeg har ret til det. Jeg var et stykke på vei til at tape interessen for din kunst i dens mindre betydelige og noget maniererte utslag
 [s. 2]
 Den blev mig noget for rund og pudsig i al sin gemytfulhet. Jeg begyndte at spørge efter det som jeg vidste ligger i dit talent - det store, det faste og enkle.
 Da jeg sidst stod i dit atelier, da spurgte jeg ikke længere. Da jeg så din slanke og stramme Venus eller la os hellere kalde hende - ja hvad skal vi kalde hende? - "Kvindenaturen" med bartnet på sine hænder, da ga jeg mig over med en gang. I den skikkelse svulmer og spænder alt det som du i tidligere arbeider har foldet ut under løse tøiler, men her har du strammet tøilerne, her arbeider du under den store kunsts tugt. Her har du mestret dit eget gemyt og uten fare for tørhet strammet det hele sammen til klarhet og enkelthet. Og i enkeltheten spiller og funkler livet og sensualiteten - det er det mesterlige ved det.
 Og noget av det samme - på en anden måte - synes jeg |er| det store ved din buste, som du vet jeg ved samme leilighet faldt i henrykkelse over. Nu da jeg har den i hus han jeg bedre og roligere tale om det. Jeg sa vist noget om at den forenet i sig de store monumentale egenskaper i ægyptisk skulptur og de stærke individuelle pågående egenskaper som gjør Donatello til den nyere tids største portrætbilledhugger. - Jeg kan godt stå ved det jeg da sa. Jeg kan ialfald ikke i øieblikket uttrykke
 [s. 3]
-det koncisere og bedre. Og jeg synes at den vei du i disse dine sidste arbeider har slåt ind på, må for dig og for dem som holder av dit talent, være den rette vei. Jeg står ikke uforstående overfor andre strømninger som er oppe i tiden, både den asketiske, den naivistiske og den abstrakt formalistiske, som den yttrer sig i kubismen. De kan alle ha sine berettigelse - når de springer av talent, og ikke av mot - og de gjør sikkert sin gode gjerning i Kunstens lange forløp. Men det er allikevel en tilfredsstillelse for en aldrende mand som mig, som nok føler med ungdommen, men ikke altid i denne tid kan fornemme selve ungdomsfriskheten i den nye kunst, at se et arbeide, hvor efter min mening adskillig av disse tidens forskjelligartede bestrævelser flyter sammen til en avklart og personlig følt enhet. Arkaisme kan ikke, om de vil være ærlige, nægte din bryter-buste sin ros, naturalisme får bare plat faldt tilfot, og kubisme må, synes jeg også se at du er en mand som er inde på nye veie, selv om veiene ikke er opstukket efter deres brogede kort.
+det koncisere og bedre. Og jeg synes at den vei du i disse dine sidste arbeider har slåt ind på, må for dig og for dem som holder av dit talent, være den rette vei. Jeg står ikke uforstående overfor andre strømninger som er oppe i tiden, både den arkaistiske, den naivistiske og den abstrakt formalistiske, som den yttrer sig i kubismen. De kan alle ha sine berettigelse - når de springer av talent, og ikke av mot - og de gjør sikkert sin gode gjerning i Kunstens lange forløp. Men det er allikevel en tilfredsstillelse for en aldrende mand som mig, som nok føler med ungdommen, men ikke altid i denne tid kan fornemme selve ungdomsfriskheten i den nye kunst, at se et arbeide, hvor efter min mening adskillig av disse tidens forskjelligartede bestrævelser flyter sammen til en avklart og personlig følt enhet. Arkaisme kan ikke, om de vil være ærlige, nægte din bryter-buste sin ros, naturalisme får bare plat faldt tilfot, og kubisme må, synes jeg også se at du er en mand som er inde på nye veie, selv om veiene ikke er opstukket efter deres brogede kort.
 Hermed skal intet ondt være sagt om dem |som| er yngre og
 [s. 4]
 mere rel[...] end du og jeg. Men det gode skal være sagt at du har skapt et moderne arbeide ut fra din egen rike personlighet og dermed et arbeide |som er| av blivende værd.
 Jeg sier dig hjærtelig tak for gaven - fra Ragna og mig.
 Din hengivne
 Jens Thiis
 Dette skriver jeg på Gustav Vigelands femtiårige fødselsdag, ham som du vet jeg elsker, skjønt vi aldrig ses, og som du også skal komme til at skatte, nu du er rik nok til det og står i din evnes overflod!
 En eneste ting, kjære Kai, er jeg ikke glad i ved din buste. Trappetrinene. Det virker ostentativt og tar noget av magten bort fra selve hodet. Vor lille Tita sa det også, da jeg spurte hende om hun ikke syntes det var en vakker mand vi hadde fåt i huset - "Jo, manden syntes hun godt om, men hun kunde ikke tænke sig at et hode kunde gå i trapper!" Barnet hadde ret, det behøves ingen arkitektonisk pekepind for at akcentuere arkitekturen i det hode!
 Godhet kjære ven og hils Janna!
 Din hengivne
 Jens Thiis</t>
   </si>
   <si>
     <t>1919-07-10</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/5Sz9</t>
   </si>
   <si>
     <t>1919-07 ca.</t>
   </si>
   <si>
     <t>Ludvig Karsten
 Ernst Michaelsen</t>
   </si>
@@ -1411,54 +1412,54 @@
 [s. 4]
 pr Styrke hos en Mand hvor det gik i Fællig med anden Egenskab jeg kan beundre. Med andre Ord Kærlighed saa tæt saa den bliver liggende i Erindringen. I det Hele at se at vi paa Tegn |i vor Tid| kan føle Ens med de fremtrædende Herrer eller Epoker ned gennem Tiderne fra al Verdens Lande i "naturalistisk" Fornemmelse for Tingene ikke i Smaating men helt - Selvopholdelsesdrift. Kønddrift. Meddelelsesglæde - det er for mig den røde Traad gennem alle Tider. Stilpræg - naar jeg ikke aldeles tydelig kan notere mig deres Haandværkersnedighed f. Ekspl. i den "lange" Gothiktid hvor højtsiddende Skulpturer foruden de lange Halse og Lemmer har korte Laar, gjort i nøje Forhold til Kirkens hele Bredde, kort-fremdrejende Skuldre, at de ikke skal dække for Ansigterne eller gøre Figurene uklædelige korthalsede, |den Slags Ting. Den Slags naturlig "fødte" Durkdrevenheder! Ting som jeg synes Ordet Stil! er altfor pænt et Ord til - ja altsaa Stilpræg kommer for mig i 6-7 Række. Det kan man maaske læse sig Aarstal af, men - jeg keder mig ogsaa af afskaarne Blomster!! Nej! men Du gode Gud jeg ligger her og rabler et langt Brev. Det var fordi Dit elskværdige Brev med Din Slaa-i-Bordet-Skrift - fik mig til at huske paa de lange Rinskvinstimer i Bergen hos Dig og Frida hvor vi havde det hyggeligt med |saa| lang Snak, at jeg glemte mit Skvatblødende Hyl-
 [s. 5]
 ster og følte mig halv Helt og evnende en Masse Ting. Det var yndige Timer. Selv for en Mavebløder som jeg var. Gud! hvor var jeg syg den Vaar deroppe. - Og rask! bandede de Lærde paa at jeg var! Saa blev jeg til en ynkværdig Neurasteniker i min egen Fornemmelse, noget nær det værste jeg vidste. Saa kom der Gud være lovet en kraftig Blødning igen og fortalte at min "Pære" var god nok, om end Kødet o.s.v. Saa igen var jeg rask! de Lærde bandede |igen| og igen følte jeg mig hundesyg. Ogsaa igen en Bl. saa jeg var lige ved at gøre min Slutningskompliment. Og nu endelig efter l6aar Forløb i det Hele har de skaaret ikke alene Saaret men hele den gamle Udgang væk! Og nu føler jeg mig "rask". Selv om jeg er svag. Det var som om jeg havde slugt min egen Dødsdom, der sad og trykkede Sidebenene og saa en skønne Dag slap den ud af nat. Vej.
 Nu paastaar de Lærde at jeg nu endelig skal kunde taale Dit og Dat, Stød i Maven a la Rambok, Medlemskort af "Den grønne Bænk" brække Benene paa Fodtur i Fjeld og paa Ski. I det hele tage[t] komme af med Livet paa en sund og god Maade. Der skal bare gaa en to, tre Maaneder.
 Hils Frida l000 Gange og Hr. og Fru Gieg en Masse. Hilsener fra Jans en Masse. 
 Eders hengivne Kai. 
 St. Lucas St. (liggende derfor den jaskede Skrift).</t>
   </si>
   <si>
     <t>1921-03-15</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/P0zd</t>
   </si>
   <si>
     <t>1921-03-29</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/8Bwo</t>
   </si>
   <si>
     <t>29. 3. 21 
 Kjære gamle Haakon. det er mig ikke mulig at udfinde, hvad det er, du siger, "jeg kan gi", men det er rigtig at jeg var nervøs, da jeg skrev, fordi jeg syntes det saa saa svinagtig vigtig ud, at Kai skriver om sig selv, som om han ikke synes Christensen, som skriver om alle de andre, skulde være god nok for ham. Men det var min personlige fornemmelse - jeg havde bare talt i telefon med Kai dengang. - og det skal du saamen ikke skænke en tanke, desuten er det vist dumt og urimelig av mig. Jeg blev "kone-nervøs" - Og det om billederne var idioti, - der er billeder nok, - men jeg mente, at der saa 
 [s. 2]
-i Carl V. Petersens tekst vilde ha været plads til et par - f.eks. Lille Leda og Askepot, men alt er sikkert bare nervøsitet fra min side. Og sae er jeg altfor fort til at fare løs, uden at tænke mig ordentlig om. Ikke være "gal i kodet" paa mig for det, er du sød, og du ved, at der findes ikke i denne verden - en eneste ting, stor eller liden, som skulde kunne komme mellem vort venskap, hverken med vold eller list.
-Originalbillederne er kommet vel frem. Tak. - Husk ogsaa en Ting, jeg saa "Kunst og Kultur heftet" et minut - saa blev det sendt til Kai, og deroppe har han laant det ud - saa jeg har ikke set det mer. Kanske er jeg ganske uenig med mig selv, naar jeg ser det igjen. - Carl V. har sendt sin antikkel saa den maa være kommet væk, naar Harry Fett ikke har den. - Kai er ude i sit atelier og arbeider - skal til Kristiania og avlevere og avsløre Klavenes - desværre ser det ud til at jeg ikke kan være med. Jeg er ulykkelig over
+i Carl V. Petersens tekst vilde ha været plads til et par - f.eks. Lille Leda og Askepot, men alt er sikkert bare nervøsitet fra min side. Og sae er jeg altfor fort til at fare løs, uden at tænke mig ordentlig om. Ikke være "gal i hodet" paa mig for det, er du sød, og du ved, at der findes ikke i denne verden - en eneste ting, stor eller liden, som skulde kunne komme mellem vort venskap, hverken med vold eller list.
+Originalbillederne er kommet vel frem. Tak. - Husk ogsaa en Ting, jeg saa "Kunst og Kultur heftet" et minut - saa blev det sendt til Kai, og deroppe har han laant det ud - saa jeg har ikke set det mer. Kanske er jeg ganske uenig med mig selv, naar jeg ser det igjen. - Carl V. har sendt sin artikkel saa den maa være kommet væk, naar Harry Fett ikke har den. - Kai er ude i sit atelier og arbeider - skal til Kristiania og avlevere og avsløre Klaveness - desværre ser det ud til at jeg ikke kan være med. Jeg er ulykkelig over
 [s. 3]
-det, men mine unger har ingen folk her nede, som kan se til dem og bare tjenestepigen, som blir herrer i et hus, der tar ungerne, som et onde hos jeg[?]. Kanske er jeg lidt gal i omsorgen for de unger. Nu faar vi se, om jeg alligevel tvinger mig selv og [...] med.
+det, men mine unger har ingen folk her nede, som kan se til dem og bare tjenestepiger, som blir herrer i et hus, de tar ungerne som et onde tror jeg [?]. Kanske er jeg lidt gal i omsorgen for de unger. Nu faar vi se, om jeg alligevel tvinger mig selv og reiser [?] med.
 Saa Haakon er vi nu lige gode venner igjen
 Din hengivne
 Yanna</t>
   </si>
   <si>
     <t>1921-04-04</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/VagG</t>
   </si>
   <si>
     <t>1921-04-10</t>
   </si>
   <si>
     <t>Ny Carlsberg Glyptoteket, Kai Nielsen-arkivet</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/7BfC</t>
   </si>
   <si>
     <t>Kære lille Tut.
 Her har Du Krut.
 Din søde Ugle.
 Tillykke med de 30 smaa Aar
 Din Kai</t>
@@ -1591,51 +1592,51 @@
     <t>Udateret, muligvis november 1922</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/ScRA</t>
   </si>
   <si>
     <t>Kære Haakon.
 Ja! I skal fandme have Tak for sidst. Yndig Aften men den ene Ende knak jo desværre af. Men! Spiritussens vidunderlige Indflydelse?
 Hvad ved vi Mennesker. Yanna forlanger at se jeg ædru!
 Din Kai
 !Hils! Brøckner en Masse</t>
   </si>
   <si>
     <t>1923-01-29</t>
   </si>
   <si>
     <t>Kai Nielsen forbereder en udstilling i Bergen.</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/mBpw</t>
   </si>
   <si>
     <t>29 Jan 23.
 Kere Haakon.
 Nu er jeg i Gang og slider allerede som en Fanden. Jeg kan til Foraaret præstere en Udstilling i Bergen i fint Materiale Sten og Bronce. Vil Du udvirke en Indbydelse - er det tidsnok i Begyndelsen af Mai? Saa kommer jeg med Glæde. Uds. skal nok blive god - Men jeg vilde jo gerne i disse daarlige Tider have den videste Indrømmelse med Hensyn til Transporten. Den videste i Forhold naturligvis til kunstf. alm. Ordninger
-Er det Einar Gieg der er Formand? Det har jeg jo glemt.
+Er det Einar Grieg der er Formand? Det har jeg jo glemt.
 Ja. Fan! Der kan saamend gerne være det kunde blive en Igenfødelse at faa Elever og det til Trods for at jeg dog altid gaar og føler mig ret nyfødt hver Dag
 Jeg tar det hvis det kommer og laver saa megen Ildebrand ud at det jeg ken overkomne.
 500,000 Hilsener til Frida og Dig.
 Din Kai.</t>
   </si>
   <si>
     <t>1923-11-14</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/Rw5z</t>
   </si>
   <si>
     <t>Onsdag 14/11-23
 Hallo! Haakon. For 500 Aar siden havde jeg allerede Samvittighedsnag fordi jeg aldrig skrev til Dig. Kære Haakon altsaa. Knald det Fæ Du slaas med [om] min fede Pige haardt i Nøden og bed ham erindre at foruden Niggere findes der ogsaa Fynboer. Sig til ham at om end de smaa sære Klokker i f. Ekspl. min Sjæl kimer ømt og blidt naar en slank Kvinde lægger sin Atmosphære til mine Slimhinder - glider gennem mine øjne. Saa ringer de samme til Brand og Storm naar den paa alle Maader stortformede Kvinde træder sine velsignede Former ind i ens Nærhed. Du har Ret. Meget mere Ret end hertil. Ved Du hvad. Du skal skrive om Kunst. Jeg har tænkt alvorlig over det. Du vilde aldrig blive Kritiker. Du vilde bekæmpe daarlig Kunst, med Begejstring for den gode Haakon Du kunde altsaa. Som Regel har den gode Gud i sit Lysestøberi kun et Lys til hver. Men paa Dit Bord lagde han to. 
 [s. 2]
 Selv om Du nu er en hidsig Sjæl saa har Du dog kun brændt Dit ene ned til Helvten. Tænd det |andet med| for Fanden hvorfor vil Du kun give Lys af eet naar Du har to? Hvad skal man med det lidet? Og saa næmt som det er for Dig, bare at sætte Vægen til det som allerede har Ild. Skriv om Kunst. - Gør et Udpluk i al det Du synes er dejligt i Digtning, Billeder, Arkitektur o.s.v. sæt det paa Linie, historisk. Jeg kender ikke saa fænomenal en Hjærne som Din. Videnskabsmand. Husker af Guds Naade og alligevel Frigangsmand. Du vilde kunde faa Tiderne til at liste sig ind paa os i al deres Mangfoldighed og gøre det hele Billed rimeligt i sin Samhørighed. Og saa maatte Du gøre hele Verdensrejsen om igen paa et nyt Togt. Vorherre bevar os. Du vilde blive meget, meget bedre end alle de andre og Forpligtelse til at begynde et Liv til og leve det til Ende. Gør det Du "gamle" Elsker af alt kønt blandt Mennesker. 
 [s. 3]
 Vi har det godt. Janna, Ungerne og jeg bor paa Pension o.s.v. Tænker paa Hus hele det gamle Vrøvl. Men jeg arbejder. Og jeg er rask igen. I Gaar knaldede jeg en Figurgruppe i nat. St. fra Bedrøvelighedstiden. Det Skidt. Men nu er jeg sku i Orden hver evig eneste Dag. Om en 14 Dages Tid skal jeg have Udstilling her og fotograferer og saa sender jeg Fotos. Jeg vil have Rejsestipendium til Paris Italien o.s.v. i 4 Maaneder. Begynde forfra. Mødes vi, Rejser Du ud i den ny Kaldelse?
 Hils Frida en Masse Masse fra Janna og mig, hun hører ogsaa til dem Niggere og Fynboer elsker. og Hils Konsul Grieg's Jeg var saa bedrøvet over saa skævt det skuld gaa den Dag. Og hils alle andre gode Mennesker i Bergen. 
 Din Kai 
 og Janna.</t>
   </si>
   <si>
     <t>Udateret</t>
   </si>