--- v0 (2025-12-09)
+++ v1 (2026-03-18)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Kai Nielsen" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="102" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -297,51 +297,52 @@
 Lille Tut jeg talte med Helene om Dine Ben og hun sagde at Du endelig straks maatte tage Bind paa. Gør det lille Yans. Der var lige her for lidt siden en [...]lig |lille| Dreng paa 20 Aar ligeover for os. Han ligner "vores" paa en Prik!!
 Kan Du lade være at kede Dig lille søde Gøj
 Din Dreng
 Hilsener fra Naur</t>
   </si>
   <si>
     <t>1918-04-27</t>
   </si>
   <si>
     <t>Charlottenlund</t>
   </si>
   <si>
     <t>Brev 2 fra denne dato
 Afventer transskription</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/NohP</t>
   </si>
   <si>
     <t>1918-05-20</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/7etX</t>
   </si>
   <si>
-    <t>2 Pintsedag (alene) 1918 
+    <t>[s. 1]
+2 Pintsedag (alene) 1918 
 Kære Haakon og Frida. Ja! nu er jeg virkelig en Haan 
 for Herren og der er ikke mere Tilgivelse for mig at vente i denne Verden. Jeg forstaar dette godt. For se nu. Først rejste jeg uden at sige Adjø! og tak for al Godhed og mente at I vilde allegevel bære over naar i saa mig igen med Yanna i Haanden og med lidt Pintseglød i Fjæset til Yansens Ære. Men ikke hvad der nu er sket: Gløden erhvervede jeg med bare een eneste Dags straalende Solskin. Jeg er i Dag rød som en Bonderose af den allerdybeste Farve, men Yanna derimod svigter simpelthen. Nina fik Mavepine og Feber og Moderen blæste saa som rimeligt er Manden for Barnet og nu sidder jeg her i et Værelse med! to ”dobbelte" 
 Ægtesenge. - Ja saadan forekommer det mig da, og føler mig saa utrolig latterlig og fjantet.
 I Morgen tidlig damper jeg ogsaa ad København til ikke fordi Nina er daarlig (jeg har talt med Yanna i Telefonen) men fordi jeg maa nu snakke lidt med hende igen og høre om mine Forhold hjemme 
 [s. 2]
 og saa kommer vi herop begge to om ca 3 Uger til Kristiania, jeg til Bergen.
 Vi skal nok finde ud til Jer, |hvor I saa end til den Tid monne være| om i da ikke frabeder jer al Besøg paa Grund af min utrolige Lumpenhed. Men i Vorherres Navn jeg gjorde det i god Tro! Det! at jeg rejste pludselig.
 Endnu engang et foreløbig Farvel og Tak for mig.
 Eders hengivne 
 Kai</t>
   </si>
   <si>
     <t>1918 juli?</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/aw7n</t>
   </si>
   <si>
     <t>Kære Haakon. 
 Vorherre alene ved for hvor længe siden jeg skulde have skrevet til Dig og sagt dig Tak for alle de Fotografier Du sendte mig men - - - ! (alle disse sædvanlige Undskyldninger!)
 Jeg var jo i Kristiania engang igen efter sammen med Yanna og vi skulde jo have været ogsaa til Bergen men det blev en Fiasco. Yanna længtes mest hjem igen efter Ninsen og gled da ogsaa ad Gaarde længe før rimeligt. Jeg derimod blev hængende ved en Buste af Nansen 
 [s. 2]
 som er adskilligt bedre end de Billeder Du muligens har set i Bladene. Den er temmelig stor og var vældig morsom at moddelere. Nansen selv var en hel Oplevelse. Foruden den havde ogsaa en lille Danserindestatuette af Klavenes'es lille Datter sine Kløer i mig og en Buste i Gibsen af Klaveness selv. og saa endelig da den store Opgave som jeg skal i Gang med nu til hans Have. Det bliver saa forfærdelig morsomt og jeg kan faa Afløb for en stor Mængde oppesparede Lyster fra min fortidige Rom- og Pompeirejse. Der saa jeg 
 [s. 3]
 de mest vidunderlige Mosaiker i Stenstumper, det skal praktiseres her paa en stor Terrasse. Tre Ulve der flænger en hel Hjortefamilie: Far, Mor og Barn. Saa en Venusfigur i Marmor. Hun har faaet Æblet og ved nærmere Besigtigelse opdager hun at Lønnen for hendes naturlige Yndigheder er - en lille Unge i en Melons Størrelse. Jeg er sikker paa at jeg kun i ringe Grad foregriber "Mythologiens" Gang. Da der jo staar skrevet at Damen noget senere indgik Ægteskab med den Udkaarende. Er det ikke rigtigt? Naa saa i fladt Helleløb ned mellem Træerne og dernede i en tempellignende Ramme to store 
@@ -401,54 +402,54 @@
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/StbF</t>
   </si>
   <si>
     <t>1920-11-17</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/t4wM</t>
   </si>
   <si>
     <t>1920-11-19</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/Yu1K</t>
   </si>
   <si>
     <t>1921-03-29</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/8Bwo</t>
   </si>
   <si>
     <t>29. 3. 21 
 Kjære gamle Haakon. det er mig ikke mulig at udfinde, hvad det er, du siger, "jeg kan gi", men det er rigtig at jeg var nervøs, da jeg skrev, fordi jeg syntes det saa saa svinagtig vigtig ud, at Kai skriver om sig selv, som om han ikke synes Christensen, som skriver om alle de andre, skulde være god nok for ham. Men det var min personlige fornemmelse - jeg havde bare talt i telefon med Kai dengang. - og det skal du saamen ikke skænke en tanke, desuten er det vist dumt og urimelig av mig. Jeg blev "kone-nervøs" - Og det om billederne var idioti, - der er billeder nok, - men jeg mente, at der saa 
 [s. 2]
-i Carl V. Petersens tekst vilde ha været plads til et par - f.eks. Lille Leda og Askepot, men alt er sikkert bare nervøsitet fra min side. Og sae er jeg altfor fort til at fare løs, uden at tænke mig ordentlig om. Ikke være "gal i kodet" paa mig for det, er du sød, og du ved, at der findes ikke i denne verden - en eneste ting, stor eller liden, som skulde kunne komme mellem vort venskap, hverken med vold eller list.
-Originalbillederne er kommet vel frem. Tak. - Husk ogsaa en Ting, jeg saa "Kunst og Kultur heftet" et minut - saa blev det sendt til Kai, og deroppe har han laant det ud - saa jeg har ikke set det mer. Kanske er jeg ganske uenig med mig selv, naar jeg ser det igjen. - Carl V. har sendt sin antikkel saa den maa være kommet væk, naar Harry Fett ikke har den. - Kai er ude i sit atelier og arbeider - skal til Kristiania og avlevere og avsløre Klavenes - desværre ser det ud til at jeg ikke kan være med. Jeg er ulykkelig over
+i Carl V. Petersens tekst vilde ha været plads til et par - f.eks. Lille Leda og Askepot, men alt er sikkert bare nervøsitet fra min side. Og sae er jeg altfor fort til at fare løs, uden at tænke mig ordentlig om. Ikke være "gal i hodet" paa mig for det, er du sød, og du ved, at der findes ikke i denne verden - en eneste ting, stor eller liden, som skulde kunne komme mellem vort venskap, hverken med vold eller list.
+Originalbillederne er kommet vel frem. Tak. - Husk ogsaa en Ting, jeg saa "Kunst og Kultur heftet" et minut - saa blev det sendt til Kai, og deroppe har han laant det ud - saa jeg har ikke set det mer. Kanske er jeg ganske uenig med mig selv, naar jeg ser det igjen. - Carl V. har sendt sin artikkel saa den maa være kommet væk, naar Harry Fett ikke har den. - Kai er ude i sit atelier og arbeider - skal til Kristiania og avlevere og avsløre Klaveness - desværre ser det ud til at jeg ikke kan være med. Jeg er ulykkelig over
 [s. 3]
-det, men mine unger har ingen folk her nede, som kan se til dem og bare tjenestepigen, som blir herrer i et hus, der tar ungerne, som et onde hos jeg[?]. Kanske er jeg lidt gal i omsorgen for de unger. Nu faar vi se, om jeg alligevel tvinger mig selv og [...] med.
+det, men mine unger har ingen folk her nede, som kan se til dem og bare tjenestepiger, som blir herrer i et hus, de tar ungerne som et onde tror jeg [?]. Kanske er jeg lidt gal i omsorgen for de unger. Nu faar vi se, om jeg alligevel tvinger mig selv og reiser [?] med.
 Saa Haakon er vi nu lige gode venner igjen
 Din hengivne
 Yanna</t>
   </si>
   <si>
     <t>1921-04-04</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/VagG</t>
   </si>
   <si>
     <t>1921-04-10</t>
   </si>
   <si>
     <t>Ny Carlsberg Glyptoteket, Kai Nielsen-arkivet</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/7BfC</t>
   </si>
   <si>
     <t>Kære lille Tut.
 Her har Du Krut.
 Din søde Ugle.
 Tillykke med de 30 smaa Aar
 Din Kai</t>