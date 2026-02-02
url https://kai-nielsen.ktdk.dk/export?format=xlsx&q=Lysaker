--- v0 (2025-10-16)
+++ v1 (2026-02-02)
@@ -77,86 +77,92 @@
   <si>
     <t>Kai Nielsen</t>
   </si>
   <si>
     <t>Lysaker</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Ny Carlsberg Glyptotek, Kai Nielsen-arkivet</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/TdD2</t>
   </si>
   <si>
     <t>Lysaker 10. jan. 1919
 Kjære Kai Nielsen
 Forlengst skulde jeg ha skrevet og takket for julehilsenen; men så er det dette med denne forbannete tiden som altid er på kant med mig.
 Ja hjertelig takk da om enn sent. Og så de varmeste ønsker om et godt nytt år for Dem og Janna i denne forunderlige tid vi lever i, og fremfor alt må De nu beholle arbeidskraft, uforstyrret av videre ugreir[?] i denne tyran: kroppen.
 Ellers går jeg med en dårlig samvittighed, da Signen har snakket til mig om disse fotografierne, og jeg har enda ikke fått stjålet tiden til å ta dem, men snart må det ske. Jeg håber, de ikke har været nødvendige enda, hvis så må De skrike.
 Mangfoldige hilsener Deres hengivne
 Fridtjof Nansen</t>
   </si>
   <si>
+    <t>1918 juni?</t>
+  </si>
+  <si>
+    <t>Yanna Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Afventer transskription</t>
+  </si>
+  <si>
+    <t>https://kai-nielsen.ktdk.dk/d/lO6P</t>
+  </si>
+  <si>
     <t>1916-06-08</t>
   </si>
   <si>
     <t>Telegram</t>
-  </si>
-[...1 lines deleted...]
-    <t>Yanna Kai Nielsen</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/HzYf</t>
   </si>
   <si>
     <t>Lille Jans god dag mor dig godt hils Gerhard og Sigrun 
 Kai</t>
   </si>
   <si>
     <t>1916-06-12</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/ABft</t>
   </si>
   <si>
     <t>Lille Janna kan ikke undvære dig kommer og henter dig 
 Sigrund og du skal være paa banegaarden imorgen tirsdag tidlig vi skal spise frokost sammen
 Din Kai</t>
   </si>
   <si>
     <t>1916-06-19</t>
   </si>
   <si>
     <t>Stockholm</t>
   </si>
   <si>
-    <t>Afventer transskription</t>
-[...1 lines deleted...]
-  <si>
     <t>https://kai-nielsen.ktdk.dk/d/t8Mm</t>
   </si>
   <si>
     <t>1916-06-20 ca.</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/vnYn</t>
   </si>
   <si>
     <t>1916-06-21</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/r4tg</t>
   </si>
   <si>
     <t>1916-06-24</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/vNNE</t>
   </si>
   <si>
     <t>1916-06-26</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/71jT</t>
@@ -169,56 +175,50 @@
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/fnsY</t>
   </si>
   <si>
     <t>Tak for dit lange bedrøvede brev har skrevet igen ringer til dig i aften
 Din Kai</t>
   </si>
   <si>
     <t>1916-06-30</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/wHQH</t>
   </si>
   <si>
     <t>1916-07-01</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/mXo6</t>
   </si>
   <si>
     <t>1916-07-02</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/xTqh</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://kai-nielsen.ktdk.dk/d/lO6P</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -295,51 +295,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://kai-nielsen.ktdk.dk/d/TdD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/HzYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/ABft" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/t8Mm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/vnYn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/r4tg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/vNNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/71jT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/ILE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/fnsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/wHQH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/mXo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/xTqh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/lO6P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://kai-nielsen.ktdk.dk/d/TdD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/lO6P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/HzYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/ABft" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/t8Mm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/vnYn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/r4tg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/vNNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/71jT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/ILE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/fnsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/wHQH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/mXo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://kai-nielsen.ktdk.dk/d/xTqh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -416,584 +416,584 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K3" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="M3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="6" t="s">
         <v>28</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="K5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="M5" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="L5" s="6" t="s">
-[...2 lines deleted...]
-      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K11" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="M11" s="5" t="s">
         <v>45</v>
       </c>
+      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K12" s="5" t="s">
-        <v>32</v>
+      <c r="K12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L12" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="M12" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>49</v>
       </c>
       <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="M15" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>