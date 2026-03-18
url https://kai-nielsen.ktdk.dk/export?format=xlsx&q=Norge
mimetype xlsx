--- v0 (2025-10-17)
+++ v1 (2026-03-18)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Kai Nielsen" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="113" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -413,82 +413,82 @@
 Figurer. "Vinden der kysser Vandfladen". Det lyder da banalt! Men "Vandet" bliver en Pigefigur der sætter sig paa Hælene bagud uden Støtte ellers og paa hendes Læber staar Vinden som en Mand med Fart i. Han staar paa sine egne Læber i et fast Kys og hans Hæle hænger frit i Luften. Saa gik det banale af det, ikke? Naar de er færdig med at "kysses" synker Frugten eller vel rettere "Frøet" til Bunds og naar Barnet er færdigt kommer det gamle trofaste Flodsvin - en fin gammel vaad Jordemoder op til Overfladen med den nyfødte i sine dybe Nakkefolder. Endelig bag om "Templet" sidder "Nøkken" i Vand over Anklerne og a-
 [s. 5]
 kompagnere hele Redeligheden.
 Det er vel overflødig at fortælle at jeg lægger Kinden fast til den store Hjælper: Arkitekturen for at faa Størrelser og Linjer til at give sig mest muligt ud.
 Jeg glæder mig saadan til al den Sjov og elsker naturligvis Klaveness en Masse fordi han giver mig saa megen Virksomhed til Næverne.
 Den lille Unge i Venus'es Haand er en præsis Paralel til den i Dyrets Nakke 
 Hils Frida 10,000 Gange og Griegs, fra Yanna og mig og Nina.
 Din hengivne Kai. 
 Tror Du at jeg for egen Regning kan faa Billeder af Dysserne Du ved. Det var saa vidunderligt at se. Saadan Skulptur. Kan jeg??</t>
   </si>
   <si>
     <t>1918-09-21</t>
   </si>
   <si>
     <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Tibirke</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/3b9H</t>
   </si>
   <si>
     <t>Tibirke 21 Sept 18 
 Kære Kai
-Naar Du kan komme igennem Victor Hugo, som faa kommer igennem, siger Elsa at Zola jo maa være noget for dig. Prøv med Faldgruben eller Mukkerten (L'Assommoir) i Politikens gamle udmærkede Oversættelse og derefter Nana, hvis du ikke har læst dem, det er to af Verdens uforgængelige Bøger og anderledes nærende end den gasfyldte Hugo; og saa er de saa dejlig lange, [de] kan vist omtrent vare Resten af din Straf ud. Du slipper jo billigt alligevel og vel er det, og dine Venner gør sig det Haab at du denne Gang vil have lært lidt af Lussingen. Det er ikke for at dominere over dig at jeg 
+Naar Du kan komme igennem Victor Hugo, som faa kommer igennem, siger Else at Zola jo maa være noget for dig. Prøv med Faldgruben eller Mukkerten (L'Assommoir) i Politikens gamle udmærkede Oversættelse og derefter Nana, hvis du ikke har læst dem, det er to af Verdens uforgængelige Bøger og anderledes nærende end den gasfyldte Hugo; og saa er de saa dejlig lange, [de] kan vist omtrent vare Resten af din Straf ud. Du slipper jo billigt alligevel og vel er det, og dine Venner gør sig det Haab at du denne Gang vil have lært lidt af Lussingen. Det er ikke for at dominere over dig at jeg 
 [s. 2]
 giver dig saa mange faderlige Raad, men jeg vil dog bare lægge dig paa Sinde, at hver Gang du paa Fyrstevis ødsler med dit Helbred lægger du til Utzon Franks Livsglæde.
 Nu er jeg endelig feberfri og har været ude og gaa to Gange, det forter ikke stærkt, men jeg distancerer dog Myren. Om en halv Snes Dage tage vi hjem. Vejret har været til at fortvivle over og lader ikke til at blive bedre, og nu er Else ked af at gaa og varte mig op og savne sine Drenge, hvortil du hører. Hun omfatter dig med samme ængstede Beundring som sin Villum, der som du maaske har hørt gjorde et Forsøg paa at slaa sig ihjel ved at falde ned fra et Træ. Jeg for min Part erklærede at jeg, hvis
 [s. 3]
 han havde slaaet sig ihjel, vilde have givet Liget den Dragt Prygl det fortjente, og saadan er altsaa mine Følelser overfor den Slags Drenge, inklusive dig; men jeg er nu ogsaa 45 Aar gammel og har min bedste Arbejdstid for mig endnu.
 Jeg har ligget og læst nogle Bøger om græsk-romersk Skulptur og er kommen til den Overbevisning at din Kunst er den fornemste i Verden og den der udøves af de værste Stympere, saa ædelt er det at gøre Figurer og saa meget 
 [s. 4]
 kan der syndes i den Profession. Der er bl.a. Billede af et Cæsarhoved i Basalt, det skulde du se, det giver L[y]st til at blive hundrede Aar, om man bare for sin egen Skyld, ganske fattig og med en Brødkurv paa Bordet, om der skulde komme Mæcener, for sin Sjæls Skyld kunde gøre saadan et Stykke Arbejde.
 Du kan forstaa at nu skal jeg til at skrive, et Bjerg af Arbejde venter paa mig, og jeg ved sgu ikke om jeg skal over det eller igennem det. God Bedring! Fra Else tusind Hilsener til Janna og dig 
 Din Johs V.</t>
   </si>
   <si>
     <t>1919-04-11</t>
   </si>
   <si>
     <t>Jens  Thiis</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/YKwr</t>
   </si>
   <si>
     <t>Kjære Kai
 Idag fik vi din buste i hus, og nu står den fast og tung og bydende på den gamle konsol tilhøire for mit store skrivebord. - Jeg skulde skrive om Corot iaften, for imorgen har jeg den høitidelige åpning av vor første franske utstilling - Corot - i F.F.K. at svare for. Jeg må da holde en åpningstale. Men oprigtig talt falder det mig svært at samle mine tanker og bøie mine impulser ind i den store charmeurs duftige verden, slik som din "bryter" står og brummer til mig. - Det er som en dyp streng bas, uten ord, som truer der fra høire side: Ikke no lyrik her! Ikke no føleri! Fast klar form i Avgørslen. Basta!
 Ja, foreløbig ialfald, beundrer jeg den grænseløst. Skjævheternes ballance, uttrykkets samlethet, formrigdommen i al den slette, glatte enkelthet er fuldkommen overbevisende som bare den store kunst er det.
 Jeg vil si dig det åpent, Kai, fordi vi er venner og jeg har ret til det. Jeg var et stykke på vei til at tape interessen for din kunst i dens mindre betydelige og noget maniererte utslag
 [s. 2]
 Den blev mig noget for rund og pudsig i al sin gemytfulhet. Jeg begyndte at spørge efter det som jeg vidste ligger i dit talent - det store, det faste og enkle.
 Da jeg sidst stod i dit atelier, da spurgte jeg ikke længere. Da jeg så din slanke og stramme Venus eller la os hellere kalde hende - ja hvad skal vi kalde hende? - "Kvindenaturen" med bartnet på sine hænder, da ga jeg mig over med en gang. I den skikkelse svulmer og spænder alt det som du i tidligere arbeider har foldet ut under løse tøiler, men her har du strammet tøilerne, her arbeider du under den store kunsts tugt. Her har du mestret dit eget gemyt og uten fare for tørhet strammet det hele sammen til klarhet og enkelthet. Og i enkeltheten spiller og funkler livet og sensualiteten - det er det mesterlige ved det.
 Og noget av det samme - på en anden måte - synes jeg |er| det store ved din buste, som du vet jeg ved samme leilighet faldt i henrykkelse over. Nu da jeg har den i hus han jeg bedre og roligere tale om det. Jeg sa vist noget om at den forenet i sig de store monumentale egenskaper i ægyptisk skulptur og de stærke individuelle pågående egenskaper som gjør Donatello til den nyere tids største portrætbilledhugger. - Jeg kan godt stå ved det jeg da sa. Jeg kan ialfald ikke i øieblikket uttrykke
 [s. 3]
-det koncisere og bedre. Og jeg synes at den vei du i disse dine sidste arbeider har slåt ind på, må for dig og for dem som holder av dit talent, være den rette vei. Jeg står ikke uforstående overfor andre strømninger som er oppe i tiden, både den asketiske, den naivistiske og den abstrakt formalistiske, som den yttrer sig i kubismen. De kan alle ha sine berettigelse - når de springer av talent, og ikke av mot - og de gjør sikkert sin gode gjerning i Kunstens lange forløp. Men det er allikevel en tilfredsstillelse for en aldrende mand som mig, som nok føler med ungdommen, men ikke altid i denne tid kan fornemme selve ungdomsfriskheten i den nye kunst, at se et arbeide, hvor efter min mening adskillig av disse tidens forskjelligartede bestrævelser flyter sammen til en avklart og personlig følt enhet. Arkaisme kan ikke, om de vil være ærlige, nægte din bryter-buste sin ros, naturalisme får bare plat faldt tilfot, og kubisme må, synes jeg også se at du er en mand som er inde på nye veie, selv om veiene ikke er opstukket efter deres brogede kort.
+det koncisere og bedre. Og jeg synes at den vei du i disse dine sidste arbeider har slåt ind på, må for dig og for dem som holder av dit talent, være den rette vei. Jeg står ikke uforstående overfor andre strømninger som er oppe i tiden, både den arkaistiske, den naivistiske og den abstrakt formalistiske, som den yttrer sig i kubismen. De kan alle ha sine berettigelse - når de springer av talent, og ikke av mot - og de gjør sikkert sin gode gjerning i Kunstens lange forløp. Men det er allikevel en tilfredsstillelse for en aldrende mand som mig, som nok føler med ungdommen, men ikke altid i denne tid kan fornemme selve ungdomsfriskheten i den nye kunst, at se et arbeide, hvor efter min mening adskillig av disse tidens forskjelligartede bestrævelser flyter sammen til en avklart og personlig følt enhet. Arkaisme kan ikke, om de vil være ærlige, nægte din bryter-buste sin ros, naturalisme får bare plat faldt tilfot, og kubisme må, synes jeg også se at du er en mand som er inde på nye veie, selv om veiene ikke er opstukket efter deres brogede kort.
 Hermed skal intet ondt være sagt om dem |som| er yngre og
 [s. 4]
 mere rel[...] end du og jeg. Men det gode skal være sagt at du har skapt et moderne arbeide ut fra din egen rike personlighet og dermed et arbeide |som er| av blivende værd.
 Jeg sier dig hjærtelig tak for gaven - fra Ragna og mig.
 Din hengivne
 Jens Thiis
 Dette skriver jeg på Gustav Vigelands femtiårige fødselsdag, ham som du vet jeg elsker, skjønt vi aldrig ses, og som du også skal komme til at skatte, nu du er rik nok til det og står i din evnes overflod!
 En eneste ting, kjære Kai, er jeg ikke glad i ved din buste. Trappetrinene. Det virker ostentativt og tar noget av magten bort fra selve hodet. Vor lille Tita sa det også, da jeg spurte hende om hun ikke syntes det var en vakker mand vi hadde fåt i huset - "Jo, manden syntes hun godt om, men hun kunde ikke tænke sig at et hode kunde gå i trapper!" Barnet hadde ret, det behøves ingen arkitektonisk pekepind for at akcentuere arkitekturen i det hode!
 Godhet kjære ven og hils Janna!
 Din hengivne
 Jens Thiis</t>
   </si>
   <si>
     <t>1919-07 ca.</t>
   </si>
   <si>
     <t>Ludvig Karsten
 Ernst Michaelsen</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/xIwf</t>
   </si>
   <si>
     <t>Kære lille Yanna. Jeg kan ikke tage til Michaelsen i Aften. Karsten er |siden sidste Samtale| taget ind fra Hornbæk paa min Opfordring og jeg har moddeleret paa hans Buste (som var Grunden) inden den gaar til Sten. Vi maa blive sammen i Aften inden han tager af Sted igen. Naa! Men jeg ringede med Ernst Mi. og han var ikke hverken særlig imponeret eller angst. imponeret af Pris og Angst for ikke at faa solgt. og han raadede mig absolut til at sælge kuns paa den Betingelse at vi ikke flytter før vi har anden Beboelse. Ellers synes han Tilbudet er godt nok. Det gør jeg saa lille Gøj. Levinsen har jeg allerede sendt Tegninger og maset med. Nu ringede jeg til ham uden Held. ligeledes til Lackmann for at kundgøre ham den nye og uigendrivelige Beslutning. Han var heller ikke at træffe nu men saa tager jeg ham i Morgen. Men lille Gøj saa bliver det ved det. Ikke Salg før ny ordentlig Beboelse. Det var bare Lachmann der masede lidt paa - han om det.
 Her Billeder er de ikke søde nogen af dem. Hils Else og Joh. V. og Drengene. Og kys lille Hjerteungen. Skal skrive mere i Morgen.
@@ -609,51 +609,51 @@
 Saalænge siden synes jeg det er siden at de rejste fra mig.
 Og Tak ogsaa for: Harry Fett. Jeg begynder at smøge Skjorteærmerne op allerede ved Indsejlingen til Kristiania og spytter i Næverne naar jeg gaar over Landgangsbroen og sender Dig et Dusin venlige Tanker naar Plastelinaen begynder at tage Form efter H.F.'s Barn.
 Stol paa det.
 Din hengivne
 Kai
 d 12 juni 22</t>
   </si>
   <si>
     <t>1922-08-08</t>
   </si>
   <si>
     <t>Lillehammer</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/xHEa</t>
   </si>
   <si>
     <t>8/8 22 
 Kære Haakon og kære Frida.
 Tak, Tak, Tak for alt godt hos Jer paa Os og i Bergen. Jeg troede ikke det nogensinde kunde være saa let, eller hvad skal jeg sige: naturligt - at være Gæst, saadan som I nu har lært mig det. Men det er vist ogsaa kun hos Jer at det forekommer. Og Tak for gode Arbejdsvilkaar for det kunde de være blevet straks, det var kun mig der til en Begyndelse duvede for det hyggelige lave Vindueslys i Stedet for at staa oprejst uden Døre.
 Naa, Fan! Som jeg skrev til Harry, at selv om jeg med denne Buste ikke har stukket Donatello paa Snuden saa har jeg dog pillet ham lidt i Næsen med den 
 [s. 2]
 og det er jo dog nogenlunde noget for en decideret Aandssløv.
 Og saa forøvrigt Aandssløv: Det er ved ganske at gaa over. I Øjeblikket er jeg oversaaet af smaa røde Filipenser. Jeg ser ud som et Barn i Overgangsalderen der lider af røde Hunde. Det er et meget let Præparat bestaaende af Kinin og Brom der har formaaet denne rigelige Blomstring i ens Hud. Jeg fik den hos Overlæge Hansen, som mente at et fortræffeligt Middel mod Trang til Søvn og alm. Sløvhed var - et Sovemiddel. Ja! det lider underlig, men det var rigtig. Jeg tror igen paa en nogenlunde Fuldkommenhed hos mig selv baade karaktermæssig |og| saavel i aandig som legemlig Retning. Selvovervurdering 
 [s. 3]
-paa alle Felter og en absolut Mangel paa Selvkritik har slaaet sig sammen og vokser igen som et stort Træ i ens Sinds frugtbare Jordbund og Broder Mika gør grinende sine gymnastiske Øvelser i Grenene. Ja det lyder skrækkelig kunstlet og er heller ikke helt sandt. Men det gear den Vej og det er det rigtige for mig.
+paa alle Felter og en absolut Mangel paa Selvkritik har slaaet sig sammen og vokser igen som et stort Træ i ens Sinds frugtbare Jordbund og Broder Mika gør grinende sine gymnastiske Øvelser i Grenene. Ja det lyder skrækkelig kunstlet og er heller ikke helt sandt. Men det gaar den Vej og det er det rigtige for mig.
 Jeg skulde hilse Fru Schetelig fra Overlægemanden og sige at han slet ikke var nogen absolut Tilhænger af den megen Mad navnlig om Morgenen |og syntes jeg var fed nok|. Han var i det hele taget en kedelig Fyr som ikke syntes der var det mindste ondt i at sove længe om Morgenen og at drikke Spiritus, men bare ikke hver Dag, og Cigaretter var det værste 
 [s. 4]
 paa denne Jord |sagde han| meget værre end Fyld og det.
 Naar en Læge er saadan saa virker det nedbrydende paa Moralen. Og Jeg har da nu lagt Cigaretter væk helt. Ryger Pipe, beruser mig med Glæde, sover rolig længe om Morgenen, føler mig demoraliseret paa alle Maader og løftet ved det. Er altsag snart ganske helbredet for alle Vrangforestillinger og i Stand til at leve Sybarittens glade fordringsfulde Liv, med alle Glæder, uden Pligter eller noget Savn. Men som sagt, jeg har røde Hunde, nu holder jeg op med Medicinen og slaar mig uden Skrupler paa Maleriet under Revolds kyndige Vejledning. Hvor er dog den prægtige Mandedreng klog, og god Kammerat og fint Menneske.
 Det han lære mig er gammelt Kirkemaleri forekommende 
 [s. 5]
 i alle Tider og i alle Lande i Jordens Kirker og i Vatikanets mirakuløse[?] Endevæg. Men det maa vi snakke om naar I kommer til Bergen.
 Det skal blive godt.
 Saa skal jeg lave Buste af Landmarks Fader og af Willy Gilbert og Skitzer til Matadorernes Postamenter.
 I Morgen er jeg igen i Bergen. Her i Lillehammer har Janna og Ungerne det yndigt og er - glade. Nu tænker Janna sig rolig og fornuftig om, om hun helst |vil| være i Norge eller i Danmark |til Hverdagsbrug| og jeg stiler efter at faa bygget mig Atelier med lille Menage og saa skal alle Sorger dræbes i Brom og Kinin og i Højfjæld og alskens Bevægelighed og i saa meget Arbejde paa alle Felter at noget lignende 
 [s. 6]
 ikke før er forekommet i Verdenshistorien.
 Jeg var den herligste Fjældtur herover og nu rejser jeg altsaa i Dag igen og i Morgen er jeg |som sagt igen| i Bergen.
 Jeg glæder mig til Arbejde, det er gode Tegn. Og jeg skal bo hos Egill og Axel, og virke afdæmpende ind paa deres ukuelige Levetrang.
 Tusind Gange 
 Eders hengivne 
 Kai 
 Hils Harry og sig at jeg har set saa meget Grønsten i 
 Fjældet at jeg har ondt i Øjnene af det.
 Kjæreste Frida, du ser videre har vi ikke skrevet paa dit lange brev. og nu maa jeg tænke over mit eget en stund, men jeg skriver saasnart jeg kan. Hils Haakon og far og mor og ungerne 
 din 
 Yanna</t>
   </si>
 </sst>
 </file>