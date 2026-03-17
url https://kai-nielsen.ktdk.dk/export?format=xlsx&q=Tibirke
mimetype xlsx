--- v0 (2025-10-16)
+++ v1 (2026-03-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Kai Nielsen" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="58" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -133,51 +133,51 @@
 Der bliver Frugt deraf paany.
 Knop skyder Knop, og Frugters Frugt
 fra Træet kom, til Træet gaar.
 I Evighed staar Træet smukt
 med trinde Børn og Pigers Vaar.
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>1918-09-11</t>
   </si>
   <si>
     <t>Afventer transskription</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/11TQ</t>
   </si>
   <si>
     <t>1918-09-21</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/3b9H</t>
   </si>
   <si>
     <t>Tibirke 21 Sept 18 
 Kære Kai
-Naar Du kan komme igennem Victor Hugo, som faa kommer igennem, siger Elsa at Zola jo maa være noget for dig. Prøv med Faldgruben eller Mukkerten (L'Assommoir) i Politikens gamle udmærkede Oversættelse og derefter Nana, hvis du ikke har læst dem, det er to af Verdens uforgængelige Bøger og anderledes nærende end den gasfyldte Hugo; og saa er de saa dejlig lange, [de] kan vist omtrent vare Resten af din Straf ud. Du slipper jo billigt alligevel og vel er det, og dine Venner gør sig det Haab at du denne Gang vil have lært lidt af Lussingen. Det er ikke for at dominere over dig at jeg 
+Naar Du kan komme igennem Victor Hugo, som faa kommer igennem, siger Else at Zola jo maa være noget for dig. Prøv med Faldgruben eller Mukkerten (L'Assommoir) i Politikens gamle udmærkede Oversættelse og derefter Nana, hvis du ikke har læst dem, det er to af Verdens uforgængelige Bøger og anderledes nærende end den gasfyldte Hugo; og saa er de saa dejlig lange, [de] kan vist omtrent vare Resten af din Straf ud. Du slipper jo billigt alligevel og vel er det, og dine Venner gør sig det Haab at du denne Gang vil have lært lidt af Lussingen. Det er ikke for at dominere over dig at jeg 
 [s. 2]
 giver dig saa mange faderlige Raad, men jeg vil dog bare lægge dig paa Sinde, at hver Gang du paa Fyrstevis ødsler med dit Helbred lægger du til Utzon Franks Livsglæde.
 Nu er jeg endelig feberfri og har været ude og gaa to Gange, det forter ikke stærkt, men jeg distancerer dog Myren. Om en halv Snes Dage tage vi hjem. Vejret har været til at fortvivle over og lader ikke til at blive bedre, og nu er Else ked af at gaa og varte mig op og savne sine Drenge, hvortil du hører. Hun omfatter dig med samme ængstede Beundring som sin Villum, der som du maaske har hørt gjorde et Forsøg paa at slaa sig ihjel ved at falde ned fra et Træ. Jeg for min Part erklærede at jeg, hvis
 [s. 3]
 han havde slaaet sig ihjel, vilde have givet Liget den Dragt Prygl det fortjente, og saadan er altsaa mine Følelser overfor den Slags Drenge, inklusive dig; men jeg er nu ogsaa 45 Aar gammel og har min bedste Arbejdstid for mig endnu.
 Jeg har ligget og læst nogle Bøger om græsk-romersk Skulptur og er kommen til den Overbevisning at din Kunst er den fornemste i Verden og den der udøves af de værste Stympere, saa ædelt er det at gøre Figurer og saa meget 
 [s. 4]
 kan der syndes i den Profession. Der er bl.a. Billede af et Cæsarhoved i Basalt, det skulde du se, det giver L[y]st til at blive hundrede Aar, om man bare for sin egen Skyld, ganske fattig og med en Brødkurv paa Bordet, om der skulde komme Mæcener, for sin Sjæls Skyld kunde gøre saadan et Stykke Arbejde.
 Du kan forstaa at nu skal jeg til at skrive, et Bjerg af Arbejde venter paa mig, og jeg ved sgu ikke om jeg skal over det eller igennem det. God Bedring! Fra Else tusind Hilsener til Janna og dig 
 Din Johs V.</t>
   </si>
   <si>
     <t>1919-07-10</t>
   </si>
   <si>
     <t>Yanna Kai Nielsen</t>
   </si>
   <si>
     <t>https://kai-nielsen.ktdk.dk/d/5Sz9</t>
   </si>
   <si>
     <t>1919-07 ca.</t>
   </si>
   <si>
     <t>Ludvig Karsten